--- v0 (2025-11-27)
+++ v1 (2026-01-12)
@@ -22,181 +22,181 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:150pt; height:114pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
-        <w:t>Jueves, 27 de Noviembre</w:t>
+        <w:t>Domingo, 11 de Enero</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Entrante a elegir por comensal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>A- Ensalada de queso de cabra</w:t>
+        <w:t>A- Ensaladilla Boga</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>B- Revuelto de gambitas y ajos tiernos</w:t>
+        <w:t>B- Mejillones al carbón</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>C- Croquetas de jamón</w:t>
+        <w:t>C- Milhojas de boniato con pluma salteada</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc5"/>
       <w:r>
         <w:t>Plato principal a elegir</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc6"/>
       <w:r>
-        <w:t>Arroz marinero</w:t>
+        <w:t>Arroz de montaña</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc7"/>
       <w:r>
-        <w:t>Secreto con salsa roquefort</w:t>
+        <w:t>Suquet de pescado</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc8"/>
       <w:r>
         <w:t>Postre a elegir</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc9"/>
       <w:r>
-        <w:t>Panna cotta de limón</w:t>
+        <w:t>Flan de café</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc10"/>
       <w:r>
-        <w:t>Tatín de manzana</w:t>
+        <w:t>Tarta de queso</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc11"/>
       <w:r>
-        <w:t>Helado casero de vainilla</w:t>
+        <w:t>Helado casero de chocolate</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc12"/>
       <w:r>
         <w:t>Melón</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc13"/>
       <w:r>
-        <w:t>Precio: 15€</w:t>
+        <w:t>Precio: 18€</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc14"/>
       <w:r>
         <w:t>Incluye pan y postre o café. Bebida no incluida.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>