--- v1 (2026-01-12)
+++ v2 (2026-02-26)
@@ -22,181 +22,181 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:150pt; height:114pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
-        <w:t>Domingo, 11 de Enero</w:t>
+        <w:t>Miércoles, 25 de Febrero</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Entrante a elegir por comensal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>A- Ensaladilla Boga</w:t>
+        <w:t>A- Ensalada murciana</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>B- Mejillones al carbón</w:t>
+        <w:t>B- Croquetas de puchero</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>C- Milhojas de boniato con pluma salteada</w:t>
+        <w:t>C- Boquerones fritos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc5"/>
       <w:r>
         <w:t>Plato principal a elegir</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc6"/>
       <w:r>
-        <w:t>Arroz de montaña</w:t>
+        <w:t>Arroz marinero</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc7"/>
       <w:r>
-        <w:t>Suquet de pescado</w:t>
+        <w:t>Lomo italiano con pisto</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc8"/>
       <w:r>
         <w:t>Postre a elegir</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc9"/>
       <w:r>
-        <w:t>Flan de café</w:t>
+        <w:t>Carrot cake</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc10"/>
       <w:r>
         <w:t>Tarta de queso</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc11"/>
       <w:r>
-        <w:t>Helado casero de chocolate</w:t>
+        <w:t>Helado de frutos rojos artesano</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc12"/>
       <w:r>
         <w:t>Melón</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc13"/>
       <w:r>
-        <w:t>Precio: 18€</w:t>
+        <w:t>Precio: 15€</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc14"/>
       <w:r>
         <w:t>Incluye pan y postre o café. Bebida no incluida.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>